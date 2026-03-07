--- v0 (2026-01-13)
+++ v1 (2026-03-07)
@@ -54,207 +54,207 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emendas</t>
   </si>
   <si>
     <t>Ronaldo</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/37/37_texto_integral.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>"MODIFICA O ARTIGO 2º DO PROJETO DE LEI COMPLEMENTAR 002/2016."</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Brasilândia de Minas</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/33/33_texto_integral.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ABRE VAGAS PARA O CARGO DE PROFESSOR DE EDUCAÇÃO BÁSICA I, PROFESSOR DE EDUCAÇÃO BÁSICA II - INGLÊS, MONITOR DE CRECHE E AUXILIAR DE SERVIÇOS GERAIS."</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/34/34_texto_integral.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DESCONTOS DE CRÉDITOS TRIBUTÁRIOS INSCRITOS EM DÍVIDA ATIVA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Clinton</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/26/26_texto_integral.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DECLARA UTILIDADE PÚBLICA ASSOCIAÇÃO DA AGRICULTURA FAMILIAR DO ASSENTAMENTO CACHOEIRA GRANDE - AAFACG"</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Norival Silveira</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/27/27_texto_integral.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA A DENOMINAÇÃO DA VIA PÚBLICA RUA SÃO LUIZ - BAIRRO PORTO E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t xml:space="preserve">Vereador Presidente, Vice-Presidente e Secertário </t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/28/28_texto_integral.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REVISA O VENCIMENTO BÁSICO DOS SERVIDORES DA CÂMARA MUNICIPAL DE BRASILÂNDIA DE MINAS, ESTADO DE MINAS GERAIS, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Clinton, WILSON ZICA, Zé do Bode</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/35/35_texto_integral.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA "CÂMARA ITINERANTE" NO ÂMBITO DA CÂMARA MUNICIPAL DE BRASILÂNDIA DE MINAS"</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Clinton, WILSON ZICA</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/36/36_texto_integral.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA A RESOLUÇÃO N 002, DE 18 DE MARÇO DE 2009, QUE DISPÕE SOBRE A CRIAÇÃO DO PROCON CÂMARA"</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Tom</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/30/30_texto_integral.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>"QUE O PREFEITO MUNICIPAL VIABILIZE UMA FRENTE DE TRABALHO PARA LIMPEZA DA CIDADE, LIMPEZA DE CÓRREGOS E LOTES VAGOS PARA EVITAR EPIDEMIA DA DENGUE E UM TRABALHO DE ORIENTAÇÃO."</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/31/31_texto_integral.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>"QUE O PREFEITO MUNICIPAL ME INFORME A SITUAÇÃO DO LIXÃO MUNICIPAL."</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Zé do Bode</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/32/32_texto_integral.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>"QUE O PREFEITO MUNICIPAL ME ENVIE INFORMAÇÕES DA SITUAÇÃO A RESPEITO DO RX."</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/29/29_texto_integral.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>"QUE O PREFEITO MUNICIPAL TOME PROVIDÊNCIAS NO SENTIDO DE VIABILIZAR A REVISÃO SALARIAL DOS SERVIDORES PÚBLICOS MUNICIPAIS"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -561,68 +561,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/29/29_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/./sapl/public/materialegislativa/2016/29/29_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="46.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="180.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>