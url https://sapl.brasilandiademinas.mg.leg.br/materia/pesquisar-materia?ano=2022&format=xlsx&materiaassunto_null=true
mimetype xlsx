--- v0 (2026-01-13)
+++ v1 (2026-03-07)
@@ -54,454 +54,454 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Brasilândia de Minas</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>"APELAÇÃO CÍVEL. AÇÃO CIVIL PÚBLICA. DANO AMBIENTAL. OBRIGAÇÃO DE FAZER. CAPACIDADE ORÇAMENTÁRIA. INGERÊNCIADO JUDICIÁRIO._x000D_
 RESPONSABILIDADE SOLIDÁRIA DO MUNICÍPIO E DA COPASA. ARTIGO 225 DA CR/88. Os recursos públicos estão submetidos a uma "reserva parlamentar em matéria orçamentária", de modo que a competência para decidir sobre a alocação dessas verbas cabe exclusivamente ao Poder Executivo, sem possibilidade de ingerência do Judiciário, por respeito aos princípios constitucionais da democracia e da separação dos poderes. Nos termos do artigo 225 da Constituição da Republica incumbe ao Poder Público e à coletividade em geral a obrigação de proteger e preservar o meio ambiente. Recurso conhecido e parcialmente provido."</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/96/010438.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/96/010438.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de cargo efetivo no quadro permanente de Servidores do Poder Executivo vinculado à Secretaria Municipal de Cultura e Lazer"</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/97/010635.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/97/010635.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de cargos efetivos e abertura de vagas no quadro permanente dos Servidores do Poder Executivo vinculados Secretaria Municipal de Saúde".</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/98/010735.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/98/010735.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de cargos efetivos no quadro permanente de Servidores do Poder Executivo vinculado à área de Assistência Social".</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/99/010907.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/99/010907.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de cargos efetivos no quadro permanente de Servidores do Poder Executivo vinculado à Secretaria de Obras e Serviços Públicos".</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/100/011024.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/100/011024.pdf</t>
   </si>
   <si>
     <t>"Dsipõe sobre alterações na organização administrativa do Poder Executivo instituída pela Lei Complementar 01/2002, alterada pelas Leis Complementares 17/2009, 25/2013 e contém outras providências".</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/101/011151.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/101/011151.pdf</t>
   </si>
   <si>
     <t>"Cria Cargos e abre vagas para profissionais do ensino e de apoio da Secretaria Municipal de Educação".</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/103/012650.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/103/012650.pdf</t>
   </si>
   <si>
     <t>"Acrescenta dispositivo à Lei Complementar n° 6, de 30 de janeiro de 2004, que "Dispõe sobre o Regime jurídico e estabelece o estatuto dos servidores públicos da Administração Direta e Indireta do Municipio de Brasilândia de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/150/projeto_de_lei_complemantar_009_1.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/150/projeto_de_lei_complemantar_009_1.pdf</t>
   </si>
   <si>
     <t>Altera o número de vagas e o salário do cargo de Vigilante, constante no Anexo I, da Lei Complementar nº 011/2009 que "Dispõe sobre a estruturação do Plano de Cargos e Carreiras da Câmara Municipal de Brasilândia de Minas, estabelece normas gerais de enquadramento, institui nova tabela de vencimentos e dá outras providências".</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>"Concede revisão geral anual e reajuste real da remuneração dos servidores públicos municipal do Poder Executivo para o exercício de 2022."</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/95/010403.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/95/010403.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE ESTRADA RURAL "Abel Messias Alves" Inicio na MG 181 e final na Usina Elétrica Serra NO MUNICÍPIO DE BRASILÁNDIA DE MINAS."</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t xml:space="preserve">Vereador Presidente, Vice-Presidente e Secertário </t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/94/010330.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/94/010330.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revisão geral anual dos subsídios dos vereadores do município de Brasilândia de Minas - MG, para o exercício de 2022, e da outras providências."</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/102/012444.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/102/012444.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual da remuneração dos servidores públicos do Poder Legislativo de Brasilândia de Minas - MG, para o exercício de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/104/012809.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/104/012809.pdf</t>
   </si>
   <si>
     <t>"Autoriza a concessão de subvenção social para a Associação de Pais e Amigos dos Excepcionais APAE"</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/105/012840.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/105/012840.pdf</t>
   </si>
   <si>
     <t>"Autoriza a concessão de subvenção social para a ABRAPROV - Associação Beneficente e Artística Pró-vida.“</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/106/013019.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/106/013019.pdf</t>
   </si>
   <si>
     <t>"Autoriza a concessão de subvenção social para a Casa de Apoio Danielle".</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/107/013114.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/107/013114.pdf</t>
   </si>
   <si>
     <t>"Reajusta os valores das diárias de viagem dos servidores do Poder Executivo."</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/108/013207.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/108/013207.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o participação do município de BRASILANDIA DE MINAS NO CONSÓRCIO INTERMUNICIPAL MULTIFINALITÁRIO DA ÁREA MINEIRA DA SUDENE- CIMAMS ratifica protocolo de intenções e dá outras providências”.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/109/013246.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/109/013246.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste especifico as categorias de profissionais da educação básica vinculados ao piso nacional para os profissionais do magistério."</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/110/013328.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/110/013328.pdf</t>
   </si>
   <si>
     <t>"Regulamenta a jornada de trabalho dos servidores da Administração Pública Municipal direta, das autarquias e das fundações públicas municipais, e dá outras providências.”</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de 02 (duas) Creches; cria 02 (dois) cargos de Diretor de Creche no quadro de pessoal da Secretaria Municipal de Educação e da outra providência”.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>"Dispõe sobre a transferência anual, de recursos financeiros em favor da Mitra Diocesana de Paracatu - MG e dá outras providências.”</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/114/proj._lei_015.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/114/proj._lei_015.pdf</t>
   </si>
   <si>
     <t>"Autoriza a transferência de recursos financeiros em favor da Mitra Diocesana de Paracatu - MG e da outra providência."</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/115/proj._lei_016.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/115/proj._lei_016.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de subvenção social em favor da Associação de Combate a Dependência Química e Prevenção ao Uso de Drogas e de Assistência Social do Distrito Federal e Entorno - ONG RESGATE e dá outras providências."</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>WAGUIM</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_de_lei_017.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_de_lei_017.pdf</t>
   </si>
   <si>
     <t>"Estabelece o tráfego de veículos na rua que menciona e dá outras providências."</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>VANDA PROFESSORA</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/117/projeto_de_lei_18.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/117/projeto_de_lei_18.pdf</t>
   </si>
   <si>
     <t>"Institui o dia de enfrentamento à violência política contra as mulheres no Município de Brasilândia de Minas-MG."</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_019_1.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_019_1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 9, de 24 de março de 1997, que "Institui o Conselho Municipal de Saúde e dá outras providências".</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/143/projeto_de_lei_021.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/143/projeto_de_lei_021.pdf</t>
   </si>
   <si>
     <t>"Institui Dia Municipal de Preservação do Rio Paracatu e seus afluentes, e dá outras providências."</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_022.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_022.pdf</t>
   </si>
   <si>
     <t>"Institui a obrigatoriedade de distribuição de absorventes higiênicos a mulheres em situação de vulnerabilidade social e econômica."</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/145/projeto_de_lei_023_1.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/145/projeto_de_lei_023_1.pdf</t>
   </si>
   <si>
     <t>Confere denominação à Rua que descreve, e dá outras providências."</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_025.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_025.pdf</t>
   </si>
   <si>
     <t>"Abre crédito especial ao orçamento vigente, para manutenção de programas de investimentos vinculados ao Fundo Municipal de Saúde com recursos transferidos pela Secretária do Estado de Saúde."</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/146/projeto_de_lei_026_1.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/146/projeto_de_lei_026_1.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial ao orçamento vigente, para manutenção de programas de custeio vinculados ao Fundo de Saúde com recursos transferidos</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_lei_027_1.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_lei_027_1.pdf</t>
   </si>
   <si>
     <t>Cria 1 (um) cargo com 1 (uma) Vaga de Técnico de Segurança do Trabalho no Quadro Permanente de Pessoal da Prefeitura Municipal de Brasilândia de Minas-MG.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/149/projeto_de_lei_028.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/149/projeto_de_lei_028.pdf</t>
   </si>
   <si>
     <t>"Abre crédito especial ao orçamento vigente referente aos recursos de investimentos e manutenção do setor Saúde, obras de asfaltamento e recapeamento, veículos, ampliação e reforma CRAS, com recursos do SES, SEE, SUS, Emendas Parlamentares, Resoluções do Estado e acordo Judicial de Brumadinho."</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>ROBERTO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/173/requerimento_36.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/173/requerimento_36.pdf</t>
   </si>
   <si>
     <t>A MANUTENÇÃO DA PONTE NA COMUNIDADE DA MATINHA NESTE_x000D_
 MUNICIPIO.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>A REATIVAÇÃO DO CENTRO DE ATENDIMENTO AO COVID E OUTRAS DOENÇAS RESPIRATÓRIAS - SARS</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>CONSERVAÇÃO DAS ESTRADAS VICINAIS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>120</t>
@@ -648,351 +648,351 @@
   <si>
     <t>139</t>
   </si>
   <si>
     <t>SEJAM CONTRATADOS MÉDICOS PARA OS PSFs.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE OBRAS DE MEIO FIO EM TODOS OS ASFALTOS DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>LIMPEZA DE ENTULHOS E MATO, DO ANTIGO CAMPO DE AVIÃO.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/159/requerimento_25.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/159/requerimento_25.pdf</t>
   </si>
   <si>
     <t>"QUE NOS TERMOS DO INCISO XXI, DO ART. 209 DO REGIMENTO INTERNO, SEJA CONSIGNADA NOS ANAIS DESTA CASA," MOÇÃO DE CONGRATULAÇÕES" COM VOTOS DE APLAUSOS PARA O SARGENTO JORGE EDUARDO DE TOLEDO, MILITAR DA RESERVA DO 4° PELOTÃO PM -206a CIA/45° BPM DA CIDADE DE BRASILÂNDIA DE MINAS/MG RECONHECENDO A IMPORTÂNCIA DE SEU TRABALHO POLICIAL EM PROL DA SOCIEDADE E DA JUSTIÇA, REQUER AINDA QUE DESSA "MOÇÃO" SE DÈ CIÊNCIA AO HOMENAGEADO".</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/163/requerimento_26.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/163/requerimento_26.pdf</t>
   </si>
   <si>
     <t>"Solicita a realização de uma audiência pública com os três poderes, legislativo, executivo e judiciário."</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/165/requerimento_27.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/165/requerimento_27.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DOS ANTEPROJETOS DE LEI NÚMEROS 01 E 002, AMBOSDE 2022".</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/161/requerimento_28.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/161/requerimento_28.pdf</t>
   </si>
   <si>
     <t>"SOLICITA O PAGAMENTO DO PISO NACIONAL PARA OS AGENTES COMUNITÁRIOS DESAÚDE E AGENTES COMUNITÁRIOS DE ENDEMIAS".</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/164/requerimento_29.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/164/requerimento_29.pdf</t>
   </si>
   <si>
     <t>"CONSTRUÇÃO DE PISTA DE MOTOCROSS."</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/168/requerimento_30.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/168/requerimento_30.pdf</t>
   </si>
   <si>
     <t>"COMODATODE ROÇADEIRA À ASSOCIAÇÃO QUE MENCIONA"</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/167/requerimento_31.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/167/requerimento_31.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONCESSÃO DO TÍTULO DE CIDADÃO BRASILANDÊNSE, AO SR. JOSÉ DIAS DOS REIS ALVES".</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>CHICO PAIVA</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/166/requerimento_32.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/166/requerimento_32.pdf</t>
   </si>
   <si>
     <t>"PROVIDÊNCIAS QUANTO A FALTA CONSTANTE DE ENERGIA ELETRICA"</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/169/requerimento_33_1.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/169/requerimento_33_1.pdf</t>
   </si>
   <si>
     <t>"PROVIDÊNCIAS QUANTO A FALTA CONSTANTE FORNECIMENTO DE ÁGUA “</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/171/requerimento_34.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/171/requerimento_34.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESCLARECIMENTOS DO NÃO PAGAMENTO DO ADICIONAL DE 10% PREVISTO NA LEI N° 685/2022"</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/176/requerimento_35.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/176/requerimento_35.pdf</t>
   </si>
   <si>
     <t>"QUE NOS TERMOS DO INCISO XXI, DO ART. 209 DO REGIMENTO INTERNO, SEJA CONSIGNADA NOS ANAIS DESTA CASA," "MOÇÃO DE_x000D_
 CONGRATULAÇÃO POR ATO DE BRAVURA" COM VOTOS DE APLAUSOS PARA O CABO EDUARDO TOLENTINO DE CARVALHO, MILITAR DO 4° PELOTÃO PM - 206a CIA/45° BPM DA CIDADE DE BRASILÂNDIA DE MINAS/MG RECONHECENDO A IMPORTÂNCIA DE SEU TRABALHO POLICIAL, REQUER AINDA QUE DESSA "MOÇÃO" SE DÊ CIÊNCIA AO HOMENAGEADO."</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/170/requerimento_37.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/170/requerimento_37.pdf</t>
   </si>
   <si>
     <t>"A CONCLUSÃO DA OBRA DA ESCOLA MUNICIPAL JULIUS PETER PAUL KATZ."</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_38.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_38.pdf</t>
   </si>
   <si>
     <t>"A CONCLUSÃO DA OBRA DA PONTE DO FORQUILHA."</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>JOAO HENRIQUE ZICA</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/175/requerimento_39.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/175/requerimento_39.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA MOÇÃO DE Assinatura do(s) fúncionarios APLAUSOS CONGRATULAÇÕES À POLÍCIA CIVIL DO ESTADO DEMINAS GERAIS"".</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/174/requerimento_40.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/174/requerimento_40.pdf</t>
   </si>
   <si>
     <t>"QUE O PREFEITO MUNICIPAL PROMOVA A ADEQUAÇÃO DO ESPAÇO FÍSICO DA CLÍNICA DE ESPECIALIDADES MÉDICAS DO_x000D_
 MUNICIPIO, E SE HOUVER POSSIBILIDADE TRANSFERI-LA PARA LOCALIDADE MAIS AMPLA E APROPRIADA."</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/177/requerimento_41.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/177/requerimento_41.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DO ANTEPROJETO DE LEI NÚMERO 003 DE 2022"</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/178/requerimento_43.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/178/requerimento_43.pdf</t>
   </si>
   <si>
     <t>"MELHORIA NA COLETA DE LIXO URBANO"</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/181/requerimento_44.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/181/requerimento_44.pdf</t>
   </si>
   <si>
     <t>REVISÃO DO CONVENIO DA PREFEITURA COM A POLICIA MILITAR</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/179/requerimento_45.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/179/requerimento_45.pdf</t>
   </si>
   <si>
     <t>"EXPLICAÇÕES ACERCA DA FALTA DE MEDICAMENTOS NA FARMACIA MUNICIPAL."</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/183/requerimento_47.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/183/requerimento_47.pdf</t>
   </si>
   <si>
     <t>FALTA DE MEDICAMENTOS NA FARMÁCIA POPULAR"</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/180/requerimento_48.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/180/requerimento_48.pdf</t>
   </si>
   <si>
     <t>"SOLICITAÇÃO DE ALARGAMENTO DE RUA"</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/182/requerimento_49.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/182/requerimento_49.pdf</t>
   </si>
   <si>
     <t>"SOLICITAÇÃO DE APRESENTAÇÃO DO SALDO DAS CONTAS DENOMINADAS".</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/187/requerimento_50.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/187/requerimento_50.pdf</t>
   </si>
   <si>
     <t>"SOLICITAÇÃO DE APRESENTAÇÃO DO SALDO DAS CONTAS DENOMINADAS"</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/185/requerimento_51.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/185/requerimento_51.pdf</t>
   </si>
   <si>
     <t>"QUE SEJA INSTALADO UM BEBEDOURO NOS VESTIÁRIOS DO ESTÁDIO JOSÉ_x000D_
 ANASTÁCIO BARBOSA BAIRRO PORTO"</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/184/requerimento_52.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/184/requerimento_52.pdf</t>
   </si>
   <si>
     <t>"QUE SEJA INSTALADO UM ROTEADOR PARA INTERNET WI-FI E BANCOS NA PRAÇA DA COMUNIDADE DO RIACHO DO CAMPO"</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/186/requerimento_53.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/186/requerimento_53.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CUMPRIDA A LEI DE INCENTIVO FINANCEIRO AOS AGENTES DE_x000D_
 ENDEMIAS EM FORMA DE ABONO SALARIAL"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1300,68 +1300,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/96/010438.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/97/010635.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/98/010735.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/99/010907.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/100/011024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/101/011151.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/103/012650.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/150/projeto_de_lei_complemantar_009_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/95/010403.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/94/010330.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/102/012444.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/104/012809.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/105/012840.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/106/013019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/107/013114.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/108/013207.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/109/013246.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/110/013328.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/114/proj._lei_015.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/115/proj._lei_016.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_de_lei_017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/117/projeto_de_lei_18.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_019_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/143/projeto_de_lei_021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/145/projeto_de_lei_023_1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/146/projeto_de_lei_026_1.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_lei_027_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/149/projeto_de_lei_028.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/173/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/159/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/163/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/165/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/161/requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/164/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/168/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/167/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/166/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/169/requerimento_33_1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/171/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/176/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/170/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/175/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/174/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/177/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/178/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/181/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/179/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/183/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/180/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/182/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/187/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/185/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/184/requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/186/requerimento_53.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/96/010438.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/97/010635.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/98/010735.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/99/010907.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/100/011024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/101/011151.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/103/012650.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/150/projeto_de_lei_complemantar_009_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/95/010403.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/94/010330.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/102/012444.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/104/012809.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/105/012840.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/106/013019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/107/013114.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/108/013207.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/109/013246.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/110/013328.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/114/proj._lei_015.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/115/proj._lei_016.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_de_lei_017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/117/projeto_de_lei_18.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_019_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/143/projeto_de_lei_021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/144/projeto_de_lei_022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/145/projeto_de_lei_023_1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/147/projeto_de_lei_025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/146/projeto_de_lei_026_1.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_lei_027_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/149/projeto_de_lei_028.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/173/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/159/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/163/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/165/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/161/requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/164/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/168/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/167/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/166/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/169/requerimento_33_1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/171/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/176/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/170/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/175/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/174/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/177/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/178/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/181/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/179/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/183/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/180/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/182/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/187/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/185/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/184/requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/186/requerimento_53.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="46.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>