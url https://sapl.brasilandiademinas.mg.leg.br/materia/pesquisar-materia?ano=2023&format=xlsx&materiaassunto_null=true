--- v0 (2026-01-13)
+++ v1 (2026-03-06)
@@ -54,176 +54,176 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>ROBERTO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/158/requerimento_03-23.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/158/requerimento_03-23.pdf</t>
   </si>
   <si>
     <t>REALIZAR RECUPERAÇÃO ASFALTICA NAS RUAS DA CIDADE</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>VANDA PROFESSORA</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/156/requerimento_15.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/156/requerimento_15.pdf</t>
   </si>
   <si>
     <t>a necessidade de implantar um dispositivo legal voltado aos profissionais da educação, a fim de garantir o cumprimento do piso salarial.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_01-23.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_01-23.pdf</t>
   </si>
   <si>
     <t>"MANUTENÇÃO E TROCA DAS LÂMPADAS DOS POSTES DE ILUMINAÇÃO PÚBLICA".</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_02-23.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_02-23.pdf</t>
   </si>
   <si>
     <t>REALIZAR MANUTENÇÃO EM RUA SEM ASFALTO, QUAL SEJA:_x000D_
 RUA DUQUE DE CAXIAS, NO BAIRRO PORTO".</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>CHICO PAIVA</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_04-23.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_04-23.pdf</t>
   </si>
   <si>
     <t>"REALIZAR ABERTURA DE CANALETAS PARA INSTALAÇÃO DE REDE DE ÁGUA".</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>EDSON FERNANDES</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_10.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_10.pdf</t>
   </si>
   <si>
     <t>"Que o Excelentíssimo Prefeito Municipal analise a possibilidade de refazer as lombadas da Rodovia Tancredo Neves"</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_11.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_11.pdf</t>
   </si>
   <si>
     <t>"Solicito ao Excelentíssimo Prefeito Municipal que analise a viabilidade de instalação de novos postes de iluminação na_x000D_
 Rodovia Tancredo Neves"</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_12.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_12.pdf</t>
   </si>
   <si>
     <t>"Que o Excelentíssimo Prefeito Municipal analise a possibilidade de realizar reforma de revitalização na praça do bairro porto."</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_13.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_13.pdf</t>
   </si>
   <si>
     <t>"Que o Excelentíssimo Prefeito Municipal solicite ao Setor Responsável que proceda fiscalização no Posto de Combustíveis PKL, em razão do acúmulo de rejeitos do lava-jato do posto, como também para que proceda a limpeza da área localizada nos fundos da propriedade"</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/155/requerimento_14.pdf</t>
+    <t>http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/155/requerimento_14.pdf</t>
   </si>
   <si>
     <t>"Que o Excelentíssimo Prefeito Municipal analise a viabilidade de realizar a troca das lâmpadas convencionais de mercúrio para as de LED nos postes de toda a cidade de forma gradativa."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -530,68 +530,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/158/requerimento_03-23.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/156/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_01-23.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_02-23.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_04-23.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/155/requerimento_14.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/158/requerimento_03-23.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/156/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_01-23.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_02-23.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_04-23.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.brasilandiademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/155/requerimento_14.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="242.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>